--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -30,51 +30,50 @@
     <w:p w14:paraId="47238431" w14:textId="77777777" w:rsidR="008D2127" w:rsidRDefault="008D2127"/>
     <w:p w14:paraId="47238432" w14:textId="77777777" w:rsidR="008D2127" w:rsidRDefault="008D2127"/>
     <w:p w14:paraId="47238433" w14:textId="77777777" w:rsidR="008D2127" w:rsidRDefault="008D2127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D3423" w:rsidRPr="00CB4848" w14:paraId="4723843E" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47238434" w14:textId="2F2A76CE" w:rsidR="008D2127" w:rsidRPr="00CB4848" w:rsidRDefault="00241596" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -267,51 +266,50 @@
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ият номер се намира във </w:t>
             </w:r>
             <w:r w:rsidRPr="003B77B1">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Вашата месечна фактура.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47238438" w14:textId="77777777" w:rsidR="008D2127" w:rsidRPr="00CB4848" w:rsidRDefault="00241596" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -522,87 +520,87 @@
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>записва се кодът на услугата/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4723843A" w14:textId="77777777" w:rsidR="008D2127" w:rsidRPr="00CB4848" w:rsidRDefault="00241596" w:rsidP="00636CCD">
+          <w:p w14:paraId="4723843A" w14:textId="6CA1654E" w:rsidR="008D2127" w:rsidRPr="00CB4848" w:rsidRDefault="00241596" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Такса</w:t>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text3"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4848">
-[...6 lines deleted...]
-              <w:t>лв.</w:t>
+            <w:r w:rsidR="0048215B">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>€</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......................."/>
                   </w:textInput>
@@ -5039,51 +5037,51 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0054407C" w:rsidRPr="00672F50" w:rsidSect="00A31D7A">
+    <w:sectPr w:rsidR="008D2127" w:rsidRPr="00672F50" w:rsidSect="00A31D7A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1DA37ED3" w14:textId="77777777" w:rsidR="00CA4A67" w:rsidRDefault="00241596">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5FBDBAA4" w14:textId="77777777" w:rsidR="00CA4A67" w:rsidRDefault="00241596">
       <w:r>
         <w:continuationSeparator/>
@@ -5136,51 +5134,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47238471" w14:textId="1E151BED" w:rsidR="008D2127" w:rsidRPr="0002469E" w:rsidRDefault="00241596" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15CD5849" wp14:editId="30FA0CCE">
               <wp:simplePos x="0" y="0"/>
@@ -5196,202 +5194,148 @@
               <wp:docPr id="3" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="334645" cy="697865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="71053ED6" w14:textId="1DA24528" w:rsidR="008D2127" w:rsidRPr="00D46F17" w:rsidRDefault="00A07D86" w:rsidP="00E36CE0">
+                        <w:p w14:paraId="71053ED6" w14:textId="41D7D136" w:rsidR="008D2127" w:rsidRPr="00D46F17" w:rsidRDefault="00A07D86" w:rsidP="00E36CE0">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>N</w:t>
                           </w:r>
                           <w:r w:rsidR="00241596">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>M418-</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="007D5656">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>1</w:t>
-[...26 lines deleted...]
-                            <w:t>4</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="15CD5849" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-43.35pt;margin-top:774pt;width:26.35pt;height:54.95pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGv/384QEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Id2U4Ey0GaIEWB&#10;9AGk/QCKIiWiEpdd0pb8911SjuO2t6IXguRSszOzo+3t2HfsoNAbsCVfzOacKSuhNrYp+fdvj++u&#10;OfNB2Fp0YFXJj8rz293bN9vBFWoJLXS1QkYg1heDK3kbgiuyzMtW9cLPwClLRQ3Yi0BHbLIaxUDo&#10;fZct5/N1NgDWDkEq7+n2YSryXcLXWsnwRWuvAutKTtxCWjGtVVyz3VYUDQrXGnmiIf6BRS+MpaZn&#10;qAcRBNuj+QuqNxLBgw4zCX0GWhupkgZSs5j/oea5FU4lLWSOd2eb/P+DlZ8Pz+4rsjC+h5EGmER4&#10;9wTyh2cW7lthG3WHCEOrRE2NF9GybHC+OH0arfaFjyDV8AlqGrLYB0hAo8Y+ukI6GaHTAI5n09UY&#10;mKTLq6t8na84k1Ra32yu16vUQRQvHzv04YOCnsVNyZFmmsDF4cmHSEYUL09iLwuPpuvSXDv72wU9&#10;jDeJfOQ7MQ9jNdLrKKKC+kgyEKaYUKxpE9flhqgPlJKS+597gYqz7qMlN24WeR5jlQ75arOkA15W&#10;qsuKsLIFCl/gbNrehymKe4emaanZ5L+FO3JQm6TuldiJOiUhiT6lNkbt8pxevf5bu18AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCy00dQ5AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT4NAEMXvJn6H&#10;zZh4o4u2pYgsjdHYxEvTYnvwtrAjEPcPsttCv73jSW8z817e/F6+noxmZxx856yAu1kMDG3tVGcb&#10;AYf31ygF5oO0SmpnUcAFPayL66tcZsqNdo/nMjSMQqzPpIA2hD7j3NctGulnrkdL2qcbjAy0Dg1X&#10;gxwp3Gh+H8cJN7Kz9KGVPT63WH+VJyPgWG0vet/PP+JufNtNm+9d+bJphLi9mZ4egQWcwp8ZfvEJ&#10;HQpiqtzJKs+0gChNVmQlYblIqRVZovmChopOyXL1ALzI+f8WxQ8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxr/9/OEBAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAstNHUOQAAAANAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="71053ED6" w14:textId="1DA24528" w:rsidR="008D2127" w:rsidRPr="00D46F17" w:rsidRDefault="00A07D86" w:rsidP="00E36CE0">
+                  <w:p w14:paraId="71053ED6" w14:textId="41D7D136" w:rsidR="008D2127" w:rsidRPr="00D46F17" w:rsidRDefault="00A07D86" w:rsidP="00E36CE0">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>N</w:t>
                     </w:r>
                     <w:r w:rsidR="00241596">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>M418-</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="007D5656">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>1</w:t>
-[...26 lines deleted...]
-                      <w:t>4</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="47238472" w14:textId="77777777" w:rsidR="008D2127" w:rsidRPr="001F27DC" w:rsidRDefault="008D2127" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-DE" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6DDE22DB" w14:textId="453AC60B" w:rsidR="008D2127" w:rsidRPr="00536AE8" w:rsidRDefault="00241596" w:rsidP="002D52D7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
@@ -6531,100 +6475,104 @@
   <w:num w:numId="2" w16cid:durableId="1580599549">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="807555727">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1348599838">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="754590811">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1883982507">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1041200836">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="48tG5jjf39k4GfL3q0rqauK5rybWQZEuXt9fRmddya+qOhJ/oYjigoCRAWKv8oo8GG93DG/ApoVXKNz6qQPp2A==" w:salt="Mq/7x142ggsnGoetHkYQ1g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rko6tj8hFhHVgMn9P7LIn4sqGTuDaej57RUewQkweMebxSDaWxxeISs9mbOymm+jxMMK1l0/0OGkszMCPoP+6A==" w:salt="O+NPyhH8Pp/1u7tPj9EOQQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00241596"/>
     <w:rsid w:val="00241596"/>
+    <w:rsid w:val="0048215B"/>
+    <w:rsid w:val="004A66C3"/>
+    <w:rsid w:val="007D5656"/>
     <w:rsid w:val="008D2127"/>
     <w:rsid w:val="00A07D86"/>
+    <w:rsid w:val="00B45525"/>
     <w:rsid w:val="00C11489"/>
     <w:rsid w:val="00CA4A67"/>
     <w:rsid w:val="00D13ACC"/>
     <w:rsid w:val="00FD0ABA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3DFB527B"/>
   <w15:docId w15:val="{BFA44E8E-2720-4420-9B60-9024553FFEA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -7414,66 +7362,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>886</Words>
-  <Characters>5056</Characters>
+  <Characters>5054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5931</CharactersWithSpaces>
+  <CharactersWithSpaces>5929</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>